--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4CCEEED4" w14:textId="77777777" w:rsidR="000B526A" w:rsidRDefault="000B526A" w:rsidP="000B526A">
       <w:pPr>
         <w:pStyle w:val="Yltunniste"/>
         <w:ind w:right="360"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -125,81 +125,81 @@
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="441E597A" w14:textId="77777777" w:rsidR="00CE4814" w:rsidRPr="000D4DC1" w:rsidRDefault="00CE4814" w:rsidP="00104BCB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B5B72BD" w14:textId="77777777" w:rsidR="00CE4814" w:rsidRPr="000D4DC1" w:rsidRDefault="00CE4814" w:rsidP="00104BCB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E4D9932" w14:textId="77777777" w:rsidR="00CE4814" w:rsidRPr="000D4DC1" w:rsidRDefault="00CE4814" w:rsidP="00104BCB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61FAF984" w14:textId="77777777" w:rsidR="00CE4814" w:rsidRPr="000D4DC1" w:rsidRDefault="00E52C22" w:rsidP="00104BCB">
+    <w:p w14:paraId="61FAF984" w14:textId="77777777" w:rsidR="00CE4814" w:rsidRPr="000D4DC1" w:rsidRDefault="00000000" w:rsidP="00104BCB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="04BFA45D">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="Kuva 320" o:spid="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:1.2pt;margin-top:1.45pt;width:210.35pt;height:24.75pt;z-index:-251658752;visibility:visible" wrapcoords="-77 0 -77 20945 20520 20945 20983 20945 21600 15055 21600 6545 21137 655 20674 0 -77 0">
+          <v:shape id="Kuva 320" o:spid="_x0000_s2050" type="#_x0000_t75" style="position:absolute;margin-left:1.2pt;margin-top:1.45pt;width:210.35pt;height:24.75pt;z-index:-1;visibility:visible" wrapcoords="-77 0 -77 20945 20520 20945 20983 20945 21600 15055 21600 6545 21137 655 20674 0 -77 0">
             <v:imagedata r:id="rId8" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="74431B6F" w14:textId="77777777" w:rsidR="00CE4814" w:rsidRPr="000D4DC1" w:rsidRDefault="00CE4814" w:rsidP="00104BCB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D807366" w14:textId="77777777" w:rsidR="00CE4814" w:rsidRPr="000D4DC1" w:rsidRDefault="00CE4814" w:rsidP="00104BCB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53D7F67B" w14:textId="77777777" w:rsidR="00CE4814" w:rsidRPr="000D4DC1" w:rsidRDefault="00CE4814" w:rsidP="00104BCB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
@@ -453,93 +453,93 @@
       <w:r w:rsidR="00906AAE" w:rsidRPr="00065F0B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Sisällysluettelo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4144066F" w14:textId="77777777" w:rsidR="00CE4814" w:rsidRPr="00906AAE" w:rsidRDefault="00CE4814" w:rsidP="00104BCB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D234D18" w14:textId="45A1EA6E" w:rsidR="00FF1223" w:rsidRDefault="00CE4814">
       <w:pPr>
         <w:pStyle w:val="Sisluet1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00065F0B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00065F0B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00065F0B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc526408753" w:history="1">
         <w:r w:rsidR="00FF1223" w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00FF1223">
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FF1223" w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Johdanto</w:t>
         </w:r>
         <w:r w:rsidR="00FF1223">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00FF1223">
           <w:rPr>
             <w:noProof/>
@@ -568,69 +568,69 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FF1223">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00FF1223">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5E5168DC" w14:textId="1F148883" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408754" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>SIU-sanomien liipaisimet (triggerit)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -659,69 +659,69 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7430A346" w14:textId="3D07B2EA" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408755" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>SIU-sanoman rakenne</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -751,69 +751,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="08F4AF17" w14:textId="16D91EDB" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408756" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>3.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Uranuksessa käytettävät SIU-sanoman tietoryhmät (kaikki triggerit)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -843,69 +843,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2DEDC62B" w14:textId="37830FBA" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408757" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>3.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Kansallisen määrityksen tietoryhmät, S12 uusi ajanvaraus</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -935,69 +935,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="15D83E09" w14:textId="2ED41CB2" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408758" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>3.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Kansallisen määrityksen tietoryhmät, S13 ajanvarauksen muutos</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1027,69 +1027,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="23D08DA7" w14:textId="7BF0F006" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408759" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>3.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Kansallisen määrityksen tietoryhmät, S17 ajanvarauksen peruminen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1118,69 +1118,69 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="12D703DB" w14:textId="32B5F56F" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408760" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Tietoryhmien erot</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1210,69 +1210,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5DBBA746" w14:textId="38F8266D" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408761" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>4.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>SCH – Ajanvaraustoimintatiedot</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1302,69 +1302,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="030D038C" w14:textId="656B9F63" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408762" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>4.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>RGS – Resurssin ryhmätiedot</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1394,69 +1394,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="254DC08B" w14:textId="4EC3C36F" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408763" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>4.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>AIS – Ajanvarauksen palveluvaraustiedot</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1486,69 +1486,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="32E04E32" w14:textId="1F2377B6" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408764" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>4.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>AIL – Ajanvarauksen paikkavaraustiedot</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1577,69 +1577,69 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="62249965" w14:textId="0775640A" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408765" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Toteumatietojen siirron OBX-tietoryhmäesimerkki</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1669,69 +1669,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="311DB19A" w14:textId="50A309AE" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408766" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>5.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>OBX-toistumat = IMP-toistumat (materiaalitiedot)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1761,69 +1761,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5B3328BA" w14:textId="74FEC4C5" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408767" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>5.1.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Ensimmäinen toistuma (tarvikenumero)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1853,69 +1853,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="54AE41DC" w14:textId="6846E0E5" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408768" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>5.1.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Toinen toistuma (lot-koodi)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1945,69 +1945,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3C216A0A" w14:textId="3E566898" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408769" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>5.1.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Kolmas toistuma (puolisuus)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2037,69 +2037,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="68EDE8A8" w14:textId="7A807532" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408770" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>5.1.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Neljäs toistuma (sarjanumero)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2129,69 +2129,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0A036BDF" w14:textId="1A15EE97" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408771" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>5.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Aikaleimat</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2221,69 +2221,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="404E00A2" w14:textId="5D37A527" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408772" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>5.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Antibioottiprofylaksia</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2313,69 +2313,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0B7B30A7" w14:textId="085BC920" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408773" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>5.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Henkilöt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2405,69 +2405,69 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="10063C6E" w14:textId="2AEE0B9B" w:rsidR="00FF1223" w:rsidRDefault="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Sisluet2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="800"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8541"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc526408774" w:history="1">
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>5.5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="fi-FI" w:eastAsia="fi-FI"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00165F49">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:noProof/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>Muut lisätiedot</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -3663,59 +3663,58 @@
         <w:t>, HL7 Finland asiantuntija</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="017B8EF7" w14:textId="4259B795" w:rsidR="00065F0B" w:rsidRDefault="00A471A0" w:rsidP="00065F0B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Jari Tuovila/CGI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D297E4D" w14:textId="70CA7E8B" w:rsidR="00652FFE" w:rsidRPr="00FF1223" w:rsidRDefault="00906AAE" w:rsidP="00FF1223">
       <w:pPr>
         <w:pStyle w:val="Otsikko1"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc526408753"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF1223">
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Johdanto</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0A275A63" w14:textId="77777777" w:rsidR="00065F0B" w:rsidRDefault="00065F0B" w:rsidP="00632F4E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BDF08FE" w14:textId="515021A3" w:rsidR="005367CF" w:rsidRDefault="005D1934" w:rsidP="00632F4E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve">HL7 Finlandilla ei ole ollut projektia, jossa olisi paikallistettu erityisesti HL7 2.3 ajanvaraussanomia. Tieto on tuottanut kuvantamisen kansallisen määrittelyn, jossa on mukana myös SIU-sanomien käytön määrittely. Kyseinen määrittely on HL7-Finlandin hyväksymä. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
@@ -4194,61 +4193,61 @@
     </w:p>
     <w:p w14:paraId="1F69E19C" w14:textId="77777777" w:rsidR="00DB511C" w:rsidRDefault="00DB511C" w:rsidP="00DB511C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Epicillä</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Apotti) on verkossa julkinen määritys, jossa kuvataan, mitä SIU-sanomia EPIC ottaa vastaan. Dokumentin osoite on: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D646E1" w14:textId="3C00D62B" w:rsidR="00DB511C" w:rsidRPr="00DB511C" w:rsidRDefault="00E52C22" w:rsidP="00DB511C">
+    <w:p w14:paraId="08D646E1" w14:textId="3C00D62B" w:rsidR="00DB511C" w:rsidRPr="00DB511C" w:rsidRDefault="00DB511C" w:rsidP="00DB511C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00DB511C" w:rsidRPr="00DB511C">
+        <w:r w:rsidRPr="00DB511C">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
             <w:lang w:val="fi-FI"/>
           </w:rPr>
           <w:t>https://open.epic.com/Content/specs/staged/Incoming%20Appointment%20Scheduling%20Interface%20Technical%20Specification.pdf#</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="24F6BD24" w14:textId="20393471" w:rsidR="00DB511C" w:rsidRDefault="00DB511C" w:rsidP="00632F4E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DCAA987" w14:textId="77777777" w:rsidR="00F509C1" w:rsidRDefault="00F509C1" w:rsidP="00632F4E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08EC296E" w14:textId="77777777" w:rsidR="000453B5" w:rsidRDefault="000453B5" w:rsidP="00632F4E">
@@ -4291,1532 +4290,1457 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1101"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="1753"/>
         <w:gridCol w:w="943"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1275"/>
       </w:tblGrid>
       <w:tr w:rsidR="00983284" w:rsidRPr="006D6E1C" w14:paraId="010DBBCE" w14:textId="5667FA6B" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12DD72BF" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Triggeri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5487C088" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>merkitys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76F2159E" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>kansallinen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40344409" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>määritys (Tieto)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3022EE01" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Uranus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="471162F2" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>BCBMedical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DFEB90E" w14:textId="59564001" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Apotti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="006D6E1C" w14:paraId="16819E82" w14:textId="600E3449" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06EA71CE" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B1CA681" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Uusi ajanvaraus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="452C90D2" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCA460" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34FAD9C8" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BF8CB6F" w14:textId="5CE23DE1" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="006D6E1C" w14:paraId="3DD4811D" w14:textId="32A11EEB" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05AA9455" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C092FB5" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarauksen muutos (aika)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="077820C1" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="268D321B" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11C7ECCF" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A2BDCAF" w14:textId="6E6CC092" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="006D6E1C" w14:paraId="1DB776A7" w14:textId="2FBE1212" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C6A0D0E" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B838B8F" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarauksen muutos (muu muutos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="708DACA3" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0624D231" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DA067B5" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29C816FB" w14:textId="5D248717" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="006D6E1C" w14:paraId="55F84050" w14:textId="7C2657DF" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="224FADBA" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65C86FDE" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarauksen peruutus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5578736F" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08F156B9" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D98B22D" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66060B28" w14:textId="5D5F6654" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="006D6E1C" w14:paraId="64C77AE3" w14:textId="10E6F532" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FC82058" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B8D9D4C" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarauksen keskeytyminen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72D83177" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AEE9FA8" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F6FF2EE" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="075935B7" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="006D6E1C" w14:paraId="7C8A77B6" w14:textId="046E69F4" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53C23BEB" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D817DF6" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Virheellisen ajanvarauksen poistamisilmoitus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BCA2D2B" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2633AC8E" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="276F8693" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AE35929" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="006D6E1C" w14:paraId="458294AC" w14:textId="1EE0311E" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="671F77CD" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D43E8E3" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ilmoitus resurssin lisäämisestä ajanvaraukseen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="714A1824" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="428D0873" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="378A08DB" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19C920B8" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="00640EAC" w14:paraId="15B50FD6" w14:textId="53F8FDFF" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D8E5F87" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19F39E1B" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ilmoitus ajanvaraukseen liittyvän resurssin muutoksesta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3205200A" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09AAFC3F" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F9BC3D7" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12350099" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="00640EAC" w14:paraId="3D5A7DDB" w14:textId="1664A2B6" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E2D3A9D" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="082E89E2" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ilmoitus ajanvaraukseen liittyvän resurssin perumisesta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C6C4557" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60AD1B2E" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BF8A839" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DC2CB47" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="00640EAC" w14:paraId="2561B54D" w14:textId="24FD2E3F" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="539B0ACE" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DFA6F47" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ilmoitus ajanvaraukseen liittyvän resurssin käytön lopettamisesta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B8BECF5" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="120E37B7" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="467C309C" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FE3FD5B" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="00640EAC" w14:paraId="62A23547" w14:textId="087B5711" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="307522A4" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18BEB4FD" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ilmoitus ajanvaraukseen virheellisesti liitetyn resurssin poistamisesta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6732055B" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05045DC9" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="138EA6D0" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EC7D3D4" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="00640EAC" w14:paraId="5360FF15" w14:textId="5316761C" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03E2DC15" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3121CBB3" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ilmoitus ajanvarauksen osittaisesta peruuntumisesta (resurssipula)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78906319" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5636A473" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="094FBF0D" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FBDE106" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="006D6E1C" w14:paraId="2B542061" w14:textId="526E5648" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B26ACA8" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25BA95AE" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S23 sanoman</w:t>
             </w:r>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> peruutussanoma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="020CF63A" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="464EC385" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56AFA4DA" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DF0DD59" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00983284" w:rsidRPr="006D6E1C" w14:paraId="0A71D190" w14:textId="4C688D54" w:rsidTr="00E52C22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="556AF344" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>S26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0303633B" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">Potilas ei saapunut </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>( no</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="006D6E1C">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> show)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="340274A6" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D41D035" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40DD722C" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62029BDE" w14:textId="77777777" w:rsidR="00983284" w:rsidRPr="006D6E1C" w:rsidRDefault="00983284" w:rsidP="00394DCA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B81310B" w14:textId="77777777" w:rsidR="003C09F0" w:rsidRDefault="003C09F0" w:rsidP="008878B0">
       <w:pPr>
@@ -6024,678 +5948,733 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8767"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B709D6" w:rsidRPr="00CE0081" w14:paraId="59A44A7E" w14:textId="77777777" w:rsidTr="000B16A4">
         <w:trPr>
           <w:trHeight w:val="5554"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="447028BF" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1DD808B9" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>SIU</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03D352D0" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5D1CB27A" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="5D1CB27A" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>MSH</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Sanoman alkunimiö</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30F7E603" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="30F7E603" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>SCH</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ajanvaraustoimintatiedot</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="313FC5F3" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="313FC5F3" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7699D257" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="7699D257" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> PID</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Potilaan tunniste</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0627565C" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="0627565C" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>[ PV</w:t>
+              <w:t>[ PV1 ]</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>1 ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Hoitojakson/käynnin perustiedot</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E28B98D" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="2E28B98D" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>[ PV</w:t>
+              <w:t>[ PV2 ]</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>2 ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Hoitojakson/käynnin lisätiedot</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B631D8D" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="6B631D8D" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OBX } ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
+              <w:t>OBX }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tutkimusvastaus</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5471A76D" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="5471A76D" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> DG1 } ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:t xml:space="preserve"> DG</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
+              <w:t>1 }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Diagnoosi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2730EE85" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="2730EE85" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PR1 } ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:t xml:space="preserve"> PR</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
+              <w:t>1 }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Toimenpide</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B3B29B4" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="1B3B29B4" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">  }</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47BB9982" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02FCF622" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>{ RGS</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
@@ -6745,121 +6724,137 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>AIS</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ajanvarauksen palveluvaraustiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="392E799F" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE0081">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE0081">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="46FC9D95" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -6965,51 +6960,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE0081">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE0081">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E28A6B4" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -7053,114 +7064,130 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>AIL</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ajanvarauksen paikkavaraustiedot</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74BCC830" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE0081">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE0081">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0958D2D3" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -7263,51 +7290,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE0081">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE0081">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE0081">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CC26B03" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00CE0081" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -7504,449 +7547,451 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8767"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B709D6" w14:paraId="0504D4CA" w14:textId="77777777" w:rsidTr="000B16A4">
         <w:trPr>
           <w:trHeight w:val="5554"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49A4A68A" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C95CFD4" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>SIU</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A52CDBC" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="45AB7758" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="45AB7758" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>MSH</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Sanoman alkunimiö</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E0E40D6" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="5E0E40D6" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>SCH</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ajanvaraustoimintatiedot</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63DA31B9" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="63DA31B9" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44B27A32" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="44B27A32" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> PID</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Potilaan tunniste</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E06B0E6" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>[ PV</w:t>
+              <w:t>[ PV1 ]</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>1 ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Hoitojakson/käynnin perustiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="31BD2E23" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>[ PV</w:t>
+              <w:t>[ PV2 ]</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>2 ]</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Hoitojakson/käynnin lisätiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
@@ -7957,51 +8002,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OBX } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>OBX }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tutkimusvastaus</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B5F2847" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="0035655D">
@@ -8011,51 +8072,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> DG1 } ]</w:t>
+              <w:t xml:space="preserve"> DG</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>1 }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Diagnoosi</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C98E675" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
@@ -8077,202 +8154,218 @@
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E9480B4" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">{ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>RGS</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Resurssin ryhmätiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="321A5328" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>AIS</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ajanvarauksen palveluvaraustiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="36F4F03C" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DB10B4E" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -8378,51 +8471,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="28DDC2BF" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -8466,114 +8575,130 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>AIL</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ajanvarauksen paikkavaraustiedot</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DB776EB" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5259D62F" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -8676,51 +8801,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="76E65689" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -8841,509 +8982,525 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve">Erona Uranukseen on se, että </w:t>
       </w:r>
       <w:r w:rsidR="003D2EBE">
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>kansallisessa määrityksessä tietoryhmiä PV</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003D2EBE">
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>2,OBX</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003D2EBE">
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>,DG1</w:t>
+        <w:t>,DG</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003D2EBE">
+        <w:rPr>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004E057D">
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003D2EBE">
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t xml:space="preserve">PR1 ja AIS </w:t>
+        <w:t>PR</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003D2EBE">
+        <w:rPr>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 ja AIS </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>ei käytetä. RGS-tietoryhmää käytetään standardinmukaisesti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CA83BF9" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="0035655D" w:rsidRDefault="00B709D6" w:rsidP="003C09F0">
       <w:pPr>
         <w:pStyle w:val="MsgStruct"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D11A5CF" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="0035655D" w:rsidRDefault="00B709D6" w:rsidP="00B709D6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8767"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B709D6" w14:paraId="28773B57" w14:textId="77777777" w:rsidTr="000B16A4">
         <w:trPr>
           <w:trHeight w:val="5554"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5912D4AF" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4276195D" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>SIU</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47B7CBD1" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7112F241" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="7112F241" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>MSH</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Sanoman alkunimiö</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EE4A5F0" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="7EE4A5F0" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>SCH</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ajanvaraustoimintatiedot</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24BEF1FC" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="24BEF1FC" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C560585" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="4C560585" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> PID</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Potilaan tunniste</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B1EA945" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>[ PV</w:t>
+              <w:t>[ PV1 ]</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>1 ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Hoitojakson/käynnin perustiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="02506967" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>[ PV</w:t>
+              <w:t>[ PV2 ]</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>2 ]</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Hoitojakson/käynnin lisätiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
@@ -9354,51 +9511,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OBX } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>OBX }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tutkimusvastaus</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="267CD4FB" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="0035655D">
@@ -9408,51 +9581,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> DG1 } ]</w:t>
+              <w:t xml:space="preserve"> DG</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>1 }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Diagnoosi</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E0367B2" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
@@ -9474,84 +9663,84 @@
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CE6DACB" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">{ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>RGS</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Resurssin ryhmätiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F647E66" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
@@ -9614,51 +9803,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="61F1D3C5" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -9764,51 +9969,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DBBBB52" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -9852,114 +10073,130 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>AIL</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ajanvarauksen paikkavaraustiedot</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D51251A" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D0942B8" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -10062,51 +10299,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B710E39" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -10293,449 +10546,451 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8767"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B709D6" w14:paraId="0EDBC1E6" w14:textId="77777777" w:rsidTr="000B16A4">
         <w:trPr>
           <w:trHeight w:val="5554"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1826DE21" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="262447CB" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>SIU</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58E30C3D" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="195963AB" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="195963AB" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>MSH</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Sanoman alkunimiö</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="155152FE" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="155152FE" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>SCH</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ajanvaraustoimintatiedot</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BE992C4" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="6BE992C4" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:highlight w:val="lightGray"/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AB067C1" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="00631BF4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
+          <w:p w14:paraId="7AB067C1" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> PID</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Potilaan tunniste</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C894F5F" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>[ PV</w:t>
+              <w:t>[ PV1 ]</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>1 ]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Hoitojakson/käynnin perustiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AB6DDE2" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>[ PV</w:t>
+              <w:t>[ PV2 ]</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>2 ]</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Hoitojakson/käynnin lisätiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
@@ -10746,51 +11001,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OBX } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>OBX }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Tutkimusvastaus</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="45836C94" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="0035655D">
@@ -10800,51 +11071,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> DG1 } ]</w:t>
+              <w:t xml:space="preserve"> DG</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>1 }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Diagnoosi</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DE951FD" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
@@ -10866,84 +11153,84 @@
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75587B94" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">{ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>RGS</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Resurssin ryhmätiedot</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E89CC8F" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
@@ -11006,51 +11293,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="37018D8A" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -11156,51 +11459,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CEABAB7" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -11236,123 +11555,139 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2635D090" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">[ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>{</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> AIL</w:t>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00631BF4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="lightGray"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Ajanvarauksen paikkavaraustiedot</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="798EDDDB" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
             <w:pPr>
               <w:pStyle w:val="MsgStruct"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="78E20793" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -11455,51 +11790,67 @@
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>[ {</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NTE } ]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t>NTE }</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B16A4">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ]</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
               <w:t>Huomautukset</w:t>
             </w:r>
             <w:r w:rsidRPr="000B16A4">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C4BF888" w14:textId="77777777" w:rsidR="00B709D6" w:rsidRPr="000B16A4" w:rsidRDefault="00B709D6" w:rsidP="000B16A4">
@@ -11959,162 +12310,157 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="07DD5CB2" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AAD4336" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="03F84131" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>EI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65E9AEB8" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="50E0B258" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5726AA37" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Tilaajan</w:t>
             </w:r>
@@ -12171,162 +12517,157 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="79B1EDE4" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5239BFED" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C84C7D5" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>EI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CF2FCF6" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70DF4740" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40BD52F1" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Tekijän</w:t>
             </w:r>
@@ -12383,197 +12724,180 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09D2DE97" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="2BCD39A5" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A003605" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="352530C3" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>NM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6ECC8599" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="372E39D7" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="036DBF4E" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
-              <w:t>Osavarauksen</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Osavarauksen </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>järjestysnumero</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2450D0C7" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -12585,162 +12909,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B663A09" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="0E4D3B35" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B2948A1" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="79D43295" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>EI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CA5861F" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5517472D" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7912631C" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Tilaajan</w:t>
             </w:r>
@@ -12797,162 +13116,157 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="14AAF473" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="43E52B68" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="49BF15BD" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42B1CF26" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A64B654" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44B37FF8" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarauksen</w:t>
             </w:r>
@@ -13019,162 +13333,157 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="3697A0CF" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D709D24" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64496536" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EBCC1A0" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A5CFE60" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C978E67" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarauspyynnön</w:t>
             </w:r>
@@ -13221,162 +13530,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10BCD081" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="71D6FA67" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7200E4A9" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="275121D4" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6E8B945C" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BC77F29" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F663DE8" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarauksen</w:t>
             </w:r>
@@ -13433,162 +13737,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="429F3C3E" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="40C040EE" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F512E83" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48724369" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6290FB98" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F10D7FF" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="743B5369" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarauksen</w:t>
             </w:r>
@@ -13645,162 +13944,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32033976" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="3FD04E74" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A87B4DE" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33326A49" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>NM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="302450DB" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C3EAF55" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BD93E8D" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarauksen</w:t>
             </w:r>
@@ -13857,197 +14151,180 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FE503D1" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="5E29D713" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="355E96C7" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="08CB1395" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71BAF2F3" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C073A7B" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C5B513C" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
-              <w:t>Keston</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Keston </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>yksikkö</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46482863" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="00283D72" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -14069,172 +14346,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="594243A4" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="5E853EF2" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="062CCE58" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FF4C2A8" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>TQ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6BDCAC2D" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BC63203" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D7953B6" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarausaika</w:t>
             </w:r>
@@ -14269,172 +14541,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="434C3B21" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="13676C87" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38CCC193" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="222B0151" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>XCN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66DE3CE4" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76D2E711" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13F77B21" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Tilaajan</w:t>
             </w:r>
@@ -14481,162 +14748,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36667370" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="5B627F86" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01BB2C8C" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04A89E80" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>XTN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53D54B59" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38B884AB" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19C65B88" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Tilaajan</w:t>
             </w:r>
@@ -14705,172 +14967,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72AFBFEB" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="5DC73F68" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6CC319E9" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13C5DE82" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>XAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28F5D335" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="79B451A5" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15AD2C64" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Tilaajan</w:t>
             </w:r>
@@ -14939,162 +15196,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="458D6E24" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="2A79FFEA" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FD85AF0" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A258113" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>PL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BD5B894" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1116D737" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="344B1D77" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Tilaajan</w:t>
             </w:r>
@@ -15183,172 +15435,167 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="0F4ADA49" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="255B85FB" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="432FBD15" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>XCN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1975B2BC" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5356A38C" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DCD161D" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Toimittajan</w:t>
             </w:r>
@@ -15395,162 +15642,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573E6238" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="1291581B" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45A4D120" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5EF791B7" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>XTN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A9DF232" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78614466" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4689EDE6" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Toimittajan</w:t>
             </w:r>
@@ -15619,172 +15861,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="080713DA" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="7348A222" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6CEDC957" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7951FE05" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>XAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="598B09EA" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="460838D7" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="447959FC" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Toimittajan</w:t>
             </w:r>
@@ -15853,162 +16090,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41584B2C" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="1CA4E143" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4480F9AC" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="22F71720" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>PL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C3EDFB8" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13197F6C" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="543A0329" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Toimittajan</w:t>
             </w:r>
@@ -16077,172 +16309,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="790A567D" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="2E9A32E6" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C6297E2" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D69C36B" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>XCN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D7AC5B4" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39FF382C" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F1AC927" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Syöttäjä</w:t>
             </w:r>
@@ -16277,172 +16504,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BD11187" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="585008CA" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C9F66A3" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A316730" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>XTN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14506C8A" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C60A446" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="528B0FD5" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Syöttäjän</w:t>
             </w:r>
@@ -16489,162 +16711,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C50F190" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="4FDDDF07" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="116E014E" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4434D198" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>PL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3959A044" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E6627B2" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="700DAD14" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Syöttäjän</w:t>
             </w:r>
@@ -16691,162 +16908,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76A5C0AF" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="7F26A698" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DC1E74A" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62D2A9E5" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>EI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46CC8FE1" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30B894D7" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3432B760" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Päätilauksen</w:t>
             </w:r>
@@ -16915,162 +17127,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73076E7D" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="58D06AC6" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="08D218B9" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F0B1C4A" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>EI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="68492DBA" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A6C39AC" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04ED540E" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Päätilauksen</w:t>
             </w:r>
@@ -17139,162 +17346,157 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="616AC9E6" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B0CA7" w:rsidRPr="00065F0B" w14:paraId="15544EBD" w14:textId="77777777" w:rsidTr="00754C13">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E9D0F30" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A5C756F" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48120ABA" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77324E85" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FFB330F" w14:textId="77777777" w:rsidR="005B0CA7" w:rsidRPr="00023017" w:rsidRDefault="005B0CA7" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00023017">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>Ajanvarauksen</w:t>
             </w:r>
@@ -18678,953 +18880,920 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="230E9777" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E31E0D4" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A8AFCD6" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61124CB8" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16162AC7" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B73D867" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AIS-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>toistumanumero</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5641C587" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3443AB47" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="428E4C8A" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01D56D73" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73D4979C" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DC93CC7" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C2D677F" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24E85EBC" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Päivitystieto</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="018725D9" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38C39740" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="001128E6" w14:paraId="0BE79A49" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="681B2AB7" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75428D7D" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="153ADA8A" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DDEA9CA" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32247310" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Käynnin/hoitojakson numero (hoidon tunniste)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B5F0DFF" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48A8B9AA" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="3FBD9CEF" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F1688BB" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E886033" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40DF5E71" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5436EDB1" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A497491" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ajanvarauksen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>aika</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F09D3A3" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="470902CF" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="5E0D717A" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="683A5F94" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22719A0B" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B2F5356" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="619D050C" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FD79278" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Poikkeama</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -19647,605 +19816,584 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>alkuaikaan</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C1B021F" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="632D5B1E" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="36E22C02" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44C73E85" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AB64F0E" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F03A4A7" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39D068F8" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B57C4D1" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Poikkeaman</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>yksikkö</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41264DC8" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7582D2E9" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="0593D9AE" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DBF09D7" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44E95106" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45D63DCD" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="470DCD85" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77923E4E" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Varauksen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kesto</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="406D321E" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38288570" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="734E2413" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1412A056" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="299DB898" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22BF5F49" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22B7329C" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="691D6243" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Varauksen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -20268,909 +20416,877 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>yksikkö</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="274F8B25" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3199C603" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="1F30E532" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17CAD594" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B705F2A" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>IS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00FFA448" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A4DFF59" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D49E514" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Muutokset</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sallittu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26E61D37" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64FB7E80" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="05C2B97B" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31D569D6" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6349F2D5" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26F5C925" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E325C45" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D0A9603" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Syöttäjä</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A29CDDB" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00CAF918" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="06FB655E" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A525A29" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="645997E3" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C24DADA" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CECC520" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72530DA0" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Varauksen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>statuskoodi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="773EAB62" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A41BCF9" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="18CFAED2" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="756C7082" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="654" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C250F41" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>IS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14C71D56" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35BD3539" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2104" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36AFA266" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hoitojakson</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kuvaus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="242" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AF602F7" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="241" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1ADC8464" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7272747E" w14:textId="77777777" w:rsidR="006E77D7" w:rsidRDefault="006E77D7" w:rsidP="006E77D7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BEC0D8C" w14:textId="77777777" w:rsidR="002A715C" w:rsidRDefault="002A715C" w:rsidP="006E77D7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19D06C6F" w14:textId="77777777" w:rsidR="002A715C" w:rsidRDefault="002A715C" w:rsidP="006E77D7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A715C">
         <w:rPr>
           <w:b/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>AIS-1 – AIS-toistumanumero</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BDC971E" w14:textId="77777777" w:rsidR="002A715C" w:rsidRDefault="002A715C" w:rsidP="006E77D7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="089E4DF7" w14:textId="77777777" w:rsidR="002A715C" w:rsidRDefault="002A715C" w:rsidP="006E77D7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>K: Vakio 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C21BE25" w14:textId="77777777" w:rsidR="002A715C" w:rsidRDefault="002A715C" w:rsidP="006E77D7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>U: Juokseva toistumanumero</w:t>
@@ -21299,58 +21415,58 @@
         </w:rPr>
         <w:t>U: Käynnin/hoitojakson numero (hoidon tunniste)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F40299" w14:textId="77777777" w:rsidR="008B2C3B" w:rsidRDefault="008B2C3B" w:rsidP="008B2C3B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D74DBD8" w14:textId="77777777" w:rsidR="002A715C" w:rsidRDefault="002A715C" w:rsidP="003003F3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3722D22C" w14:textId="77777777" w:rsidR="003003F3" w:rsidRDefault="003003F3" w:rsidP="003003F3">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc526408764"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc526408764"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>AIL – Ajanvarauksen paikkavaraustiedot</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="4DE5C09E" w14:textId="77777777" w:rsidR="00754C13" w:rsidRDefault="00754C13" w:rsidP="00754C13">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="021B570D" w14:textId="77777777" w:rsidR="00754C13" w:rsidRDefault="00754C13" w:rsidP="00754C13">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>K: AIL-segmentissä välitetään ajanvaraustieto pyydetylle tutkimukselle.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DE7458B" w14:textId="77777777" w:rsidR="00754C13" w:rsidRDefault="00754C13" w:rsidP="00754C13">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
@@ -21756,1375 +21872,1328 @@
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="0EE953C5" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03E52166" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="083F079F" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75140FC3" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DADA41A" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="297D4174" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">AIL </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>toistumanumero</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4544C7F9" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00DF098B" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AB86436" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="3730A453" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="283F72A0" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="251D3799" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CEAA965" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0171661B" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7666C830" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Päivitystoiminto</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="601AC3FC" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DDD8B29" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="2103DB21" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="601CC484" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AABD6EA" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>PL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D60BC7B" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="432B7C9F" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7658B39A" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sijainnin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>tunniste</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43EF24F7" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00DF098B" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4869E1AF" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="5008A441" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BFA51B0" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D1C9877" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D11EAAB" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03646902" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E1D1EC2" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sijainnin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>tyyppi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E31D8AE" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00DF098B" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5952941B" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="159D274A" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76922049" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EED8615" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="593DAD51" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E2EE687" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="584E844F" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sijainnin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ryhmä</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5736BE8A" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00DF098B" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A3886ED" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="7ACB2A4F" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48F8F8A8" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12681668" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E30514C" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EABAF51" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B71A70A" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Alkuaika</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52222B0F" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03DAC52E" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="1CC662BC" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F23062B" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DB087FF" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="585E1C73" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D764750" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D9A923E" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Poikkeama</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -23147,613 +23216,592 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>alkuaikaan</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DE9279F" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14A1C319" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="1A387BE1" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01C6992C" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AEEDC6A" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="788AA786" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A49A86D" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76CF5B66" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Poikkeaman</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>yksikkö</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BF2575D" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B0E2F46" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="4C33F586" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03F52C80" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FB8E218" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22C6AA62" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A83283A" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54AAFC81" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Varauksen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kesto</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EA5CCFC" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79B5BD81" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="0657C3F0" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="005EF2AB" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55904D8E" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BFC2CB6" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="344C081A" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63DF99F2" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Varauksen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -23776,631 +23824,608 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>yksikkö</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1421C437" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E7129A6" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="781E9177" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="700480C3" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77CCA9FA" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>IS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01A1E6D1" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B20914E" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B732BB6" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Muutokset</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sallittu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C60CA45" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="683C9B4C" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="5C22055B" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47BF80C9" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18BC70EB" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1044AF4E" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36060533" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20024268" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Varauksen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001128E6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>statuskoodi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11BA5132" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33C9B498" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00754C13" w:rsidRPr="00CA74D2" w14:paraId="085F320E" w14:textId="77777777" w:rsidTr="00065F0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2034619B" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="552" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14914038" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23594DB5" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3406D66C" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="055CB385" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="505FB754" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="292" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0308EC55" w14:textId="77777777" w:rsidR="00754C13" w:rsidRPr="001128E6" w:rsidRDefault="00754C13" w:rsidP="00754C13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D06FB9F" w14:textId="77777777" w:rsidR="002A715C" w:rsidRDefault="002A715C" w:rsidP="0002083B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FEFEF1C" w14:textId="77777777" w:rsidR="00DF098B" w:rsidRDefault="00DF098B" w:rsidP="0002083B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
@@ -24888,59 +24913,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0AD84BB1" w14:textId="77777777" w:rsidR="00843F5B" w:rsidRDefault="00843F5B" w:rsidP="0002083B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D13325D" w14:textId="77777777" w:rsidR="000E1BAE" w:rsidRDefault="000E1BAE" w:rsidP="0002083B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="247FFD5E" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="000E1BAE" w:rsidP="000E1BAE">
       <w:pPr>
         <w:pStyle w:val="Otsikko1"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc526408765"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc526408765"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Toteumatietojen siirron OBX-tietoryhmäesimerkki</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="5D27C1FC" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="000E1BAE" w:rsidRDefault="000E1BAE" w:rsidP="0002083B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve">Ohessa on </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>BCBMedicalilta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
@@ -25202,433 +25227,413 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>BCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="610BA5D6" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0EAC74E1" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="090C8F72" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="41E7ADC4" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="700213E0" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1AC16E77" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">OBX </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>toistumanumero</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09B788E6" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00CA5EE5" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="46A140C3" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="16E5EB1F" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0D79B8B7" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="11AFFDA7" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="27A2B9D9" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="28C08CEE" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>arvotyyppi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DEB4ACB" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00CA5EE5" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="3453BD3B" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="333E4BC9" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="77EE3AC7" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0951DF8E" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="24F9F66C" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="246F4AAD" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tutkimustunniste</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C90A696" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00CA5EE5" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="7E6038C5" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0B8F5A20" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1581415D" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1AB5480E" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="379A0E90" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2C2D7D1C" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tutkimuksen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>alitunniste</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
@@ -25637,847 +25642,807 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="26D374D8" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4C6ED54D" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="52F9CF00" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="54871FA5" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5ED5E551" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4ECB2F3D" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tutkimusvastaus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63E016B1" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00CA5EE5" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="70E48DED" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="19365591" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="547D6002" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="68D91FBD" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6CA38EE4" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59ADBCFC" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>yksiköt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7937E8A2" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00CA5EE5" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="3A96C681" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0B25BFB4" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="42380095" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="797B23B3" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0415867D" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="48D511A5" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>viitearvot</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3112D589" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="378B6834" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="454A259E" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="489207AC" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="253D3331" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="37E1B33F" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>Y/5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="68A6468F" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>poikkeustilanneviestit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DEDD183" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00CA5EE5" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="6EAC5865" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7A297604" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="23A18392" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>NM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0641454B" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="110C0C24" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="163A75E8" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>todennäköisyys</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BC9FAEE" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="655114C9" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="64C81605" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6B01BD6B" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3CCC9886" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="100420D4" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="096C17D2" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>viitearvojen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tyyppi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12DA8C9D" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="3AE298A9" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7297543C" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="32876D3F" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1076CFA6" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3908CAE7" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="215CD138" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tutkimusvastauksien</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tulkintakoodit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00D307E5" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="45D2C6E4" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="22075547" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0E5F477C" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>TS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7846067B" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3173A3DB" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3C61D61C" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tutkimusmenetelmän</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>normaaliarvojen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -26488,112 +26453,107 @@
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="105FC9F0" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="0C697297" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4224F657" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1F0B3575" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0C0E98C8" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2707EAE1" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="75CA7262" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>käyttäjän</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>määrittelemät</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -26602,425 +26562,405 @@
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7292FFBA" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="2CD0BA5C" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="445DD39C" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5E8BEFD2" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>TS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="397C3790" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6D6C54D8" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6FFFD1E2" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tutkimusaika</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4423CF33" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="5A298AB4" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5E8A254D" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="74C5D88E" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6511BAC4" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7436E2B7" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="78A48DCC" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tuottajan</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tunniste</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BE0CD1C" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="548B59E2" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="06BB0BF0" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="50C5A2EB" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>XCN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4907FC12" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="525E0B31" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7CE029AB" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>vastaava</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tutkija</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EAB8147" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w14:paraId="58FA80A7" w14:textId="77777777" w:rsidTr="006029C2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="01040BD2" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="13462D2A" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>CE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1068" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="063F6EBE" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="971" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="4A881CC4" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="62C47410" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:pStyle w:val="Leipteksti"/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tutkimusmenetelmä</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="873" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25A57EB4" w14:textId="77777777" w:rsidR="00A23BDC" w:rsidRPr="004F1FAD" w:rsidRDefault="00A23BDC" w:rsidP="006029C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
@@ -27160,88 +27100,88 @@
         </w:rPr>
         <w:t>Arvotyyppi. CE tai ST.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60280916" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00C064F4" w:rsidRDefault="00065B5C" w:rsidP="00A23BDC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0714A453" w14:textId="77777777" w:rsidR="000453B5" w:rsidRDefault="000453B5" w:rsidP="00A23BDC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DF0A845" w14:textId="77777777" w:rsidR="00C064F4" w:rsidRDefault="00C064F4" w:rsidP="00065B5C">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc526408766"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc526408766"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>OBX-toistumat</w:t>
       </w:r>
       <w:r w:rsidR="00065B5C">
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve"> = </w:t>
       </w:r>
       <w:r w:rsidR="00065B5C" w:rsidRPr="00065B5C">
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>IMP-toistumat (materiaalitiedot)</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="0722CBB4" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
+      <w:pPr>
+        <w:pStyle w:val="Otsikko3"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc526408767"/>
+      <w:r w:rsidRPr="00065B5C">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Ensimmäinen toistuma (tarvikenumero)</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="14"/>
-    </w:p>
-[...16 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CED602D" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:keepNext/>
@@ -27579,59 +27519,59 @@
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C427643" w14:textId="6D580E7D" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:u w:val="single"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CBFC421" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc526408768"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc526408768"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Toinen toistuma (lot-koodi)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
@@ -27977,59 +27917,59 @@
           <w:u w:val="single"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74AB1BE0" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="1304"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63594587" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc526408769"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc526408769"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Kolmas toistuma (puolisuus)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
@@ -28408,59 +28348,59 @@
           <w:u w:val="single"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CB69469" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="1304"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23684707" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc526408770"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc526408770"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Neljäs toistuma (sarjanumero)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
@@ -28763,59 +28703,59 @@
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="610F7B68" w14:textId="361D0854" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29FE4237" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc526408771"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc526408771"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Aikaleimat</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="1A3EF978" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1304" w:right="227"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CF540FD" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1304" w:right="227"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00065B5C">
@@ -28916,95 +28856,90 @@
     </w:p>
     <w:p w14:paraId="5577CEA1" w14:textId="364F06BB" w:rsidR="00640EAC" w:rsidRDefault="00640EAC" w:rsidP="00065B5C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1304" w:right="227"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Aikaleima sijoitetaan OBX-5:n toiseen komoponenttiin.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A432698" w14:textId="70A29744" w:rsidR="00640EAC" w:rsidRDefault="00640EAC" w:rsidP="00640EAC">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1304" w:right="227"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Esim</w:t>
-[...3 lines deleted...]
-        <w:t>.:  \S\2018-08-23 16:15:20.3</w:t>
+        <w:t>Esim.:  \S\2018-08-23 16:15:20.3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="703EDA71" w14:textId="3A429FD8" w:rsidR="00640EAC" w:rsidRPr="00065B5C" w:rsidRDefault="00640EAC" w:rsidP="00065B5C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1304" w:right="227"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1442BD8F" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1304" w:right="227"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F6ECD58" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc526408772"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc526408772"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Antibioottiprofylaksia</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="38C8A43A" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1304" w:right="227"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>OBX-3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04511732" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1304" w:right="227"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -29307,59 +29242,59 @@
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Esim. OBX|25|ST|80% Etanoli||Disinfection</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1425DA51" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="1304"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B351053" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc526408773"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc526408773"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Henkilöt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="0DBFEACA" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="1304"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="169F086C" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="1304"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00065B5C">
@@ -29714,59 +29649,59 @@
         <w:keepNext/>
         <w:ind w:left="1304"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2282D47E" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="_Toc526408774"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc526408774"/>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Muut lisätiedot</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="101EB799" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:keepNext/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00065B5C">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0576298C" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="1304"/>
         <w:outlineLvl w:val="3"/>
@@ -30139,213 +30074,213 @@
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00265E97">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Esim. OBX|23|ST|^TOT||SURGERY_TECHNIQUE\S\Avo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F8DFA13" w14:textId="77777777" w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidRDefault="00065B5C" w:rsidP="00065B5C"/>
     <w:sectPr w:rsidR="00065B5C" w:rsidRPr="00065B5C" w:rsidSect="005803A2">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1892" w:bottom="1440" w:left="1797" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D2EE135" w14:textId="77777777" w:rsidR="00E52C22" w:rsidRDefault="00E52C22" w:rsidP="00104BCB">
+    <w:p w14:paraId="028CDAC8" w14:textId="77777777" w:rsidR="00574A4E" w:rsidRDefault="00574A4E" w:rsidP="00104BCB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BA35E4B" w14:textId="77777777" w:rsidR="00E52C22" w:rsidRDefault="00E52C22" w:rsidP="00104BCB">
+    <w:p w14:paraId="72FF8BE2" w14:textId="77777777" w:rsidR="00574A4E" w:rsidRDefault="00574A4E" w:rsidP="00104BCB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7167D169" w14:textId="77777777" w:rsidR="00E52C22" w:rsidRDefault="00E52C22"/>
+    <w:p w14:paraId="1A3680FF" w14:textId="77777777" w:rsidR="00574A4E" w:rsidRDefault="00574A4E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AgateSSK">
     <w:altName w:val="Lucida Console"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23CAA7A7" w14:textId="77777777" w:rsidR="00E52C22" w:rsidRDefault="00E52C22" w:rsidP="00104BCB">
+    <w:p w14:paraId="57124484" w14:textId="77777777" w:rsidR="00574A4E" w:rsidRDefault="00574A4E" w:rsidP="00104BCB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62664721" w14:textId="77777777" w:rsidR="00E52C22" w:rsidRDefault="00E52C22" w:rsidP="00104BCB">
+    <w:p w14:paraId="624F0BBD" w14:textId="77777777" w:rsidR="00574A4E" w:rsidRDefault="00574A4E" w:rsidP="00104BCB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="53920845" w14:textId="77777777" w:rsidR="00E52C22" w:rsidRDefault="00E52C22"/>
+    <w:p w14:paraId="561C1B8D" w14:textId="77777777" w:rsidR="00574A4E" w:rsidRDefault="00574A4E"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="06F4351B" w14:textId="5FABA305" w:rsidR="00E52C22" w:rsidRDefault="00E52C22" w:rsidP="005803A2">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="06F4351B" w14:textId="5FABA305" w:rsidR="00E52C22" w:rsidRDefault="00000000" w:rsidP="005803A2">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="8191"/>
       </w:tabs>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="1B5BA967">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="Kuva 320" o:spid="_x0000_s2049" type="#_x0000_t75" style="position:absolute;margin-left:1.8pt;margin-top:-.15pt;width:210.35pt;height:24.75pt;z-index:-251658752;visibility:visible" wrapcoords="-77 0 -77 20945 20520 20945 20983 20945 21600 15055 21600 6545 21137 655 20674 0 -77 0">
+        <v:shape id="Kuva 320" o:spid="_x0000_s1025" type="#_x0000_t75" style="position:absolute;margin-left:1.8pt;margin-top:-.15pt;width:210.35pt;height:24.75pt;z-index:-1;visibility:visible" wrapcoords="-77 0 -77 20945 20520 20945 20983 20945 21600 15055 21600 6545 21137 655 20674 0 -77 0">
           <v:imagedata r:id="rId1" o:title=""/>
           <w10:wrap type="tight"/>
         </v:shape>
       </w:pict>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00E52C22">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00E52C22">
       <w:tab/>
       <w:t>31.8.2018</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61A5F39F" w14:textId="0A0D7364" w:rsidR="00E52C22" w:rsidRPr="005803A2" w:rsidRDefault="00E52C22" w:rsidP="005803A2">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="4536"/>
         <w:tab w:val="left" w:pos="7655"/>
       </w:tabs>
       <w:ind w:right="187"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="005803A2">
       <w:rPr>
         <w:rStyle w:val="Sivunumero"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -30429,51 +30364,51 @@
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="AgateSSK" w:hAnsi="AgateSSK"/>
         <w:color w:val="000080"/>
         <w:sz w:val="32"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003F2B20">
       <w:rPr>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="665BC3AB" w14:textId="77777777" w:rsidR="00E52C22" w:rsidRDefault="00E52C22" w:rsidP="00104BCB">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="748CA034"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numeroituluettelo5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="79B23688"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -31286,235 +31221,236 @@
     <w:lvl w:ilvl="7" w:tplc="040B0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="853615306">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1071925731">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="898831200">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="266352405">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="988553829">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="497696780">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="165050418">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1328292589">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1497259997">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1844471220">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1468738449">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="141000148">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="838354546">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="369763894">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1003125270">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="353310956">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="734593424">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1102530364">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="708604236">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2067097579">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE3A01"/>
     <w:rsid w:val="0002083B"/>
     <w:rsid w:val="00023017"/>
     <w:rsid w:val="00030DAB"/>
     <w:rsid w:val="000324AA"/>
     <w:rsid w:val="00034B28"/>
     <w:rsid w:val="000412E8"/>
     <w:rsid w:val="00042064"/>
     <w:rsid w:val="000453B5"/>
     <w:rsid w:val="0005344F"/>
     <w:rsid w:val="000574BE"/>
     <w:rsid w:val="00062C47"/>
     <w:rsid w:val="00065149"/>
     <w:rsid w:val="00065B5C"/>
     <w:rsid w:val="00065F0B"/>
     <w:rsid w:val="000675E0"/>
     <w:rsid w:val="00070B4C"/>
     <w:rsid w:val="0007152A"/>
     <w:rsid w:val="00071FB7"/>
     <w:rsid w:val="00075F07"/>
     <w:rsid w:val="0008406C"/>
     <w:rsid w:val="000939E8"/>
@@ -31649,50 +31585,51 @@
     <w:rsid w:val="004F0553"/>
     <w:rsid w:val="004F2EFA"/>
     <w:rsid w:val="004F4C00"/>
     <w:rsid w:val="00503DFD"/>
     <w:rsid w:val="005053C7"/>
     <w:rsid w:val="00505DB5"/>
     <w:rsid w:val="00510929"/>
     <w:rsid w:val="00511003"/>
     <w:rsid w:val="00511BDE"/>
     <w:rsid w:val="00511E59"/>
     <w:rsid w:val="00514794"/>
     <w:rsid w:val="00524136"/>
     <w:rsid w:val="00531CCF"/>
     <w:rsid w:val="00534165"/>
     <w:rsid w:val="005367CF"/>
     <w:rsid w:val="00537CDE"/>
     <w:rsid w:val="005424EC"/>
     <w:rsid w:val="00551D26"/>
     <w:rsid w:val="00554F1A"/>
     <w:rsid w:val="00561D02"/>
     <w:rsid w:val="005630CD"/>
     <w:rsid w:val="0056597C"/>
     <w:rsid w:val="0056632E"/>
     <w:rsid w:val="0057324F"/>
     <w:rsid w:val="0057411B"/>
+    <w:rsid w:val="00574A4E"/>
     <w:rsid w:val="005803A2"/>
     <w:rsid w:val="005862E1"/>
     <w:rsid w:val="005863DE"/>
     <w:rsid w:val="00591ECF"/>
     <w:rsid w:val="005935EF"/>
     <w:rsid w:val="005A3179"/>
     <w:rsid w:val="005A67D8"/>
     <w:rsid w:val="005A6BBC"/>
     <w:rsid w:val="005A70A7"/>
     <w:rsid w:val="005B0CA7"/>
     <w:rsid w:val="005C30E7"/>
     <w:rsid w:val="005C5077"/>
     <w:rsid w:val="005C520E"/>
     <w:rsid w:val="005C7353"/>
     <w:rsid w:val="005D0F74"/>
     <w:rsid w:val="005D1934"/>
     <w:rsid w:val="005D25CB"/>
     <w:rsid w:val="005D3E1A"/>
     <w:rsid w:val="005D4091"/>
     <w:rsid w:val="005D56E0"/>
     <w:rsid w:val="005D696E"/>
     <w:rsid w:val="005D7558"/>
     <w:rsid w:val="005E06D9"/>
     <w:rsid w:val="005E4083"/>
     <w:rsid w:val="005E7533"/>
@@ -31751,62 +31688,64 @@
     <w:rsid w:val="006F7432"/>
     <w:rsid w:val="00704924"/>
     <w:rsid w:val="00705705"/>
     <w:rsid w:val="00710F4C"/>
     <w:rsid w:val="00713809"/>
     <w:rsid w:val="00714566"/>
     <w:rsid w:val="007230F5"/>
     <w:rsid w:val="00732888"/>
     <w:rsid w:val="00735368"/>
     <w:rsid w:val="00735941"/>
     <w:rsid w:val="00735CC4"/>
     <w:rsid w:val="007470B7"/>
     <w:rsid w:val="00754C13"/>
     <w:rsid w:val="00760DD0"/>
     <w:rsid w:val="00762767"/>
     <w:rsid w:val="0076707B"/>
     <w:rsid w:val="00770005"/>
     <w:rsid w:val="007731E9"/>
     <w:rsid w:val="00775091"/>
     <w:rsid w:val="007836F8"/>
     <w:rsid w:val="00783DB0"/>
     <w:rsid w:val="00787FA6"/>
     <w:rsid w:val="007A0B12"/>
     <w:rsid w:val="007A6B49"/>
     <w:rsid w:val="007D24BD"/>
+    <w:rsid w:val="007E1E4E"/>
     <w:rsid w:val="007E29B0"/>
     <w:rsid w:val="007E48CE"/>
     <w:rsid w:val="007F26BF"/>
     <w:rsid w:val="00800E4A"/>
     <w:rsid w:val="00801EEF"/>
     <w:rsid w:val="008021E4"/>
     <w:rsid w:val="008026DF"/>
     <w:rsid w:val="00804D6C"/>
     <w:rsid w:val="008105AF"/>
     <w:rsid w:val="00820F56"/>
     <w:rsid w:val="00825961"/>
     <w:rsid w:val="00832F05"/>
+    <w:rsid w:val="008333A1"/>
     <w:rsid w:val="00835EB5"/>
     <w:rsid w:val="008365E4"/>
     <w:rsid w:val="00843C9A"/>
     <w:rsid w:val="00843F5B"/>
     <w:rsid w:val="0084474B"/>
     <w:rsid w:val="00850273"/>
     <w:rsid w:val="008546F0"/>
     <w:rsid w:val="0087601C"/>
     <w:rsid w:val="0088161E"/>
     <w:rsid w:val="00883737"/>
     <w:rsid w:val="00883DF6"/>
     <w:rsid w:val="00887466"/>
     <w:rsid w:val="008878B0"/>
     <w:rsid w:val="008908BB"/>
     <w:rsid w:val="00891837"/>
     <w:rsid w:val="0089596D"/>
     <w:rsid w:val="00895D24"/>
     <w:rsid w:val="00897ABC"/>
     <w:rsid w:val="008A3BCE"/>
     <w:rsid w:val="008A5F6D"/>
     <w:rsid w:val="008A7D67"/>
     <w:rsid w:val="008B1496"/>
     <w:rsid w:val="008B2C3B"/>
     <w:rsid w:val="008B7F33"/>
     <w:rsid w:val="008C5B23"/>
@@ -31873,50 +31812,51 @@
     <w:rsid w:val="00A30F5E"/>
     <w:rsid w:val="00A34A9E"/>
     <w:rsid w:val="00A35243"/>
     <w:rsid w:val="00A3686D"/>
     <w:rsid w:val="00A464D1"/>
     <w:rsid w:val="00A471A0"/>
     <w:rsid w:val="00A53B96"/>
     <w:rsid w:val="00A700B9"/>
     <w:rsid w:val="00A77E76"/>
     <w:rsid w:val="00A835B5"/>
     <w:rsid w:val="00A9382B"/>
     <w:rsid w:val="00A973A1"/>
     <w:rsid w:val="00AB2992"/>
     <w:rsid w:val="00AB502F"/>
     <w:rsid w:val="00AB5440"/>
     <w:rsid w:val="00AC0A7B"/>
     <w:rsid w:val="00AC1108"/>
     <w:rsid w:val="00AC2B36"/>
     <w:rsid w:val="00AD3D00"/>
     <w:rsid w:val="00AD42F0"/>
     <w:rsid w:val="00AD482A"/>
     <w:rsid w:val="00AD55DE"/>
     <w:rsid w:val="00AD7493"/>
     <w:rsid w:val="00AE1B65"/>
     <w:rsid w:val="00AE3A01"/>
+    <w:rsid w:val="00AE3A16"/>
     <w:rsid w:val="00AF43D7"/>
     <w:rsid w:val="00B1195E"/>
     <w:rsid w:val="00B12360"/>
     <w:rsid w:val="00B12807"/>
     <w:rsid w:val="00B133A3"/>
     <w:rsid w:val="00B24EB1"/>
     <w:rsid w:val="00B36ED6"/>
     <w:rsid w:val="00B409E2"/>
     <w:rsid w:val="00B51DF3"/>
     <w:rsid w:val="00B531FE"/>
     <w:rsid w:val="00B54428"/>
     <w:rsid w:val="00B55E5B"/>
     <w:rsid w:val="00B627FE"/>
     <w:rsid w:val="00B632B2"/>
     <w:rsid w:val="00B654F3"/>
     <w:rsid w:val="00B709D6"/>
     <w:rsid w:val="00B7132E"/>
     <w:rsid w:val="00B7152B"/>
     <w:rsid w:val="00B72080"/>
     <w:rsid w:val="00B8078C"/>
     <w:rsid w:val="00BA458F"/>
     <w:rsid w:val="00BA7334"/>
     <w:rsid w:val="00BB6775"/>
     <w:rsid w:val="00BC0442"/>
     <w:rsid w:val="00BC165D"/>
@@ -32051,74 +31991,74 @@
     <w:rsid w:val="00FB6635"/>
     <w:rsid w:val="00FC3A3B"/>
     <w:rsid w:val="00FD6097"/>
     <w:rsid w:val="00FE41FD"/>
     <w:rsid w:val="00FE4FBE"/>
     <w:rsid w:val="00FF1223"/>
     <w:rsid w:val="00FF12F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fi-FI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="7672C2CB"/>
   <w15:docId w15:val="{9AC32C63-3BD0-4B49-8000-A6A32AA24EF5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fi-FI" w:eastAsia="fi-FI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -32220,51 +32160,53 @@
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -32440,50 +32382,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normaali">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00474619"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Otsikko1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normaali"/>
     <w:next w:val="Normaali"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00065F0B"/>
     <w:pPr>
       <w:keepNext/>
       <w:pageBreakBefore/>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="60" w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -32664,50 +32607,51 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normaali"/>
     <w:next w:val="Normaali"/>
     <w:link w:val="Otsikko9Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5A5A"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Kappaleenoletusfontti">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaalitaulukko">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Eiluetteloa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlinkki">
     <w:name w:val="Hyperlink"/>
@@ -34179,51 +34123,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="56824290">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="104464529">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -34652,50 +34596,52 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2125346546">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.epic.com/Content/specs/staged/Incoming%20Appointment%20Scheduling%20Interface%20Technical%20Specification.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-teema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -34978,75 +34924,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1383454E-A668-42DD-A8F4-DDB99FADF7A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>19946</Characters>
+  <Pages>1</Pages>
+  <Words>2730</Words>
+  <Characters>19633</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>166</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>1636</Lines>
+  <Paragraphs>1016</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Otsikko</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>HL7-ajanvaraussanomien eroja</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>Nordic Healthcare Group Oy</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22364</CharactersWithSpaces>
+  <CharactersWithSpaces>21347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="132" baseType="variant">
       <vt:variant>
         <vt:i4>1835056</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>128</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc511911525</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1835056</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -35416,38 +35363,39 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc511911504</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>HL7-ajanvaraussanomien eroja</dc:title>
   <dc:subject/>
   <dc:creator>Timo Tarhonen</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>